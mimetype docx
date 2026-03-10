--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -8,2119 +8,1055 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="0002178D" w:rsidRPr="0002178D" w:rsidRDefault="0002178D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">JUDUL ARTIKEL </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>huruf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">huruf besar, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, bold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002178D" w:rsidRDefault="0002178D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0002178D" w:rsidRDefault="00D809FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Nama Penulis tanpa gelar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Nama Penulis tanpa gelar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 12</w:t>
+      </w:r>
       <w:r w:rsidR="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>, Setiap huruf pertama nama dikapitalisasi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1,2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>besar</w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>Jurusan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Fakultas, Universitas, Negara (</w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:r w:rsidR="0002178D" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 12</w:t>
+      </w:r>
       <w:r w:rsidRPr="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email penulis korespondensi  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Calibri</w:t>
       </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="0002178D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 12</w:t>
+      </w:r>
       <w:r w:rsidRPr="0002178D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...38 lines deleted...]
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002178D" w:rsidRDefault="0002178D">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...417 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="321" w:right="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Abstrak</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="321" w:right="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abstrak berisi uraian singkat tentang masalah dan tujuan penelitian, metode yang digunakan, dan hasil penelitian. Abstrak harus mencerminkan isi artikel dan harus berfokus pada hasil penelitian. Abstrak harus ditulis dalam satu paragraf maksimal 300 kata. Kata kunci harus disertakan untuk menggambarkan bidang masalah, dan istilah-istilah yang mendasari pelaksanaan penelitian. Kata kunci dapat berupa kata tunggal atau kombinasi kata (frasa). Jumlah kata kunci biasanya antara 3 - 5 kata. Kata kunci diperlukan untuk komputerisasi. Pencarian judul penelitian dan abstrak menjadi mudah dengan adanya kata kunci ini. (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Calibri</w:t>
       </w:r>
-      <w:r w:rsidR="00A60F82">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="321" w:right="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="00A60F82" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="321" w:right="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A60F82">
+      <w:r w:rsidRPr="005120FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kata kunci</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A60F82">
+      <w:r w:rsidRPr="005120FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: kata kunci 1, kata kunci 2, kata kunci 3</w:t>
       </w:r>
-      <w:r w:rsidR="00A60F82">
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A60F82" w:rsidRPr="00A60F82">
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00A60F82" w:rsidRPr="00A60F82">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Font </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00A60F82" w:rsidRPr="00A60F82">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0094705C" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Calibri</w:t>
-[...14 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>0, italics</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F82" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0, italics</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="003D3B31" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D3B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pendahuluan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Pendahuluan harus berisi apa yang ingin dicapai oleh penulis dan menyatakan masalah yang diteliti. Penulis dianjurkan untuk menulis latar belakang artikel mereka dalam empat (4) bagian. Pertama, nyatakan masalah empiris atau teoritis yang menjadi dasar penelitian Anda. Hal ini dapat ditulis dalam satu atau dua paragraf. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kedua, berikan studi terbaru di bidang masalah yang menjadi fokus penelitian Anda. Studi-studi ini diperlukan untuk menetapkan pernyataan mutakhir dari bidang studi Anda dan untuk mengidentifikasi keterbatasan studi terbaru. Hal ini dapat ditulis dalam dua atau tiga paragraf.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000401BB" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="000401BB" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:sectPr w:rsidR="000401BB" w:rsidSect="000401BB">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000401BB" w:rsidRPr="005120FE" w:rsidSect="000401BB">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="0002178D">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ketiga, identifikasi kesenjangan antara penelitian-penelitian terbaru dan aspek empiris dan teoritis dari studi fokus Anda. Biasanya, pendahuluan harus merangkum penelitian yang relevan untuk memberikan konteks, dan menjelaskan temuan penulis lain, jika ada, yang ditantang atau diperluas. Hal ini dapat ditulis dalam satu atau dua paragraf.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...46 lines deleted...]
-        <w:t>, 12).</w:t>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Keempat, nyatakan pertanyaan penelitian dan tujuan penelitian berdasarkan analisis kesenjangan yang disajikan pada paragraf sebelumnya. Selanjutnya, sebutkan kebaruan penelitian Anda. Hal ini dapat ditulis dalam satu paragraf. (Font Garamond, 12).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0094705C" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0002178D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Metode</w:t>
       </w:r>
-      <w:r w:rsidR="0094705C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="0094705C" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+        <w:t xml:space="preserve"> Penelitian</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Secara umum, bagian ini menjelaskan bagaimana penelitian dilakukan. Pokok bahasan dari bagian ini adalah: (1) desain penelitian; (2) populasi sampel atau subjek penelitian; (3) teknik pengumpulan data dan pengembangan instrumen; (4) dan teknik analisis data. Harap gunakan paragraf deskriptif.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Anda dapat menggunakan pertanyaan-pertanyaan berikut sebagai panduan untuk menulis metode: 1) Apakah desainnya sesuai untuk menjawab pertanyaan yang diajukan? 2) Apakah ada informasi yang cukup bagi Anda untuk merepl</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ikasi penelitian tersebut? 3) Apakah artikel tersebut mengidentifikasi prosedur yang diikuti? 4) Apakah prosedur-prosedur tersebut diurutkan dengan cara yang bermakna? 5) Jika metodenya baru, apakah dijelaskan secara rinci? 6) Apakah pengambilan sampel sudah tepat? 7) Apakah peralatan dan bahan telah dijelaskan secara memadai? 8) Apakah sudah jelas jenis data apa yang dicatat? 9) Apakah Anda sudah tepat dalam menjelaskan pengukuran?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...46 lines deleted...]
-        <w:t>, 12)</w:t>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Penting untuk diperhatikan bahwa Anda tidak perlu menggunakan terlalu banyak rumus atau tabel kecuali jika memang diperlukan untuk ditampilkan. (Font Garamond, 12)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0094705C" w:rsidRDefault="0094705C">
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hasil dan </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Hasil dan Pembahasan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hasil</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-          <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Subjudul</w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+        <w:t>Subjudul - Level 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Bagian ini adalah bagian utama dari artikel. Di sinilah penulis harus menjelaskan apa yang dia temukan dalam penelitian. Hal ini harus ditata dengan jelas dan dalam urutan yang logis. Hasil </w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>penelitian</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> yang disajikan pada bagian ini merupakan hasil dari proses analisis data yang bersih seperti perhitungan statistik dan proses pengujian atau proses lainnya untuk pencapaian penelitiannya. Nyatakan hasil penelitian secara ringkas. Jika ingin menampilkan tabel, gunakan format berikut. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...44 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Font Garamond, 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0094705C" w:rsidRDefault="00D809FF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="005120FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0094705C">
-[...702 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1972424</wp:posOffset>
+                  <wp:posOffset>1539392</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-13326</wp:posOffset>
+                  <wp:posOffset>1271924</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2586250" cy="1071350"/>
                 <wp:effectExtent l="0" t="0" r="24130" b="14605"/>
-                <wp:wrapNone/>
+                <wp:wrapTopAndBottom/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2586250" cy="1071350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent5"/>
                         </a:lnRef>
                         <a:fillRef idx="2">
                           <a:schemeClr val="accent5"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent5"/>
                         </a:effectRef>
@@ -2140,1894 +1076,1594 @@
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>FIGURE</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:155.3pt;margin-top:-1.05pt;width:203.65pt;height:84.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAbTaZcTQIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6Xx1nTduFOiWkdAxK&#13;&#10;G5aOPiuylJjJOu2kxM7++p1kxyldYWPsRdbpfn/3na9v2tqwvUJfgS14fjbiTFkJZWU3Bf/2dPfh&#13;&#10;ijMfhC2FAasKflCe38zev7tu3FSNYQumVMgoiPXTxhV8G4KbZpmXW1ULfwZOWVJqwFoEEnGTlSga&#13;&#10;il6bbDwaXWQNYOkQpPKeXm87JZ+l+ForGR619iowU3CqLaQT07mOZza7FtMNCretZF+G+IcqalFZ&#13;&#10;SjqEuhVBsB1Wv4WqK4ngQYczCXUGWldSpR6om3z0qpvVVjiVeiFwvBtg8v8vrHzYr9wSCYbG+amn&#13;&#10;a+yi1VjHL9XH2gTWYQBLtYFJehxPri7GE8JUki4fXeYfSaA42cndoQ+fFdQsXgqONI0Ektjf+9CZ&#13;&#10;Hk3I71RAuoWDUbEGY78qzaqSUubJO3FDLQyyvaCpCimVDZM+dbKObroyZnAc/9mxt4+uKvFmcP6L&#13;&#10;rINHygw2DM51ZQHfyl5+z/uSdWd/RKDrO0IQ2nXbD2YN5WGJDKEjsHfyriJM74UPS4HEWJoDbWF4&#13;&#10;pEMbaAoO/Y2zLeDPt96jPRGJtJw1tAEF9z92AhVn5oslin3Kz8/jyiThfHI5JgFfatYvNXZXL4DG&#13;&#10;kdO+O5mu0T6Y41Uj1M+0rPOYlVTCSspdcBnwKCxCt5m07lLN58mM1sSJcG9XTh4JEDnz1D4LdD2x&#13;&#10;AnHyAY7bIqav+NXZxtFYmO8C6CqRL0Lc4dpDTyuW6Nv/DuIOv5ST1emnNfsFAAD//wMAUEsDBBQA&#13;&#10;BgAIAAAAIQCceXqH5QAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFLaTep&#13;&#10;sLFpNqUqHgTFWkvP22RMQrKzIbtp4793POllYJjvvXkv20y2E2ccfONIQ7yIQCAVrmyo0nD4fJ7f&#13;&#10;g/DBUGk6R6jhGz1s8uurzKSlu9AHnvehEmxCPjUa6hD6VEpf1GiNX7geiW9fbrAm8DpUshzMhc1t&#13;&#10;J5dRpKQ1DfGH2vT4WGPR7ker4eF4fNm9ISXhvZ21u7GfbYfXUevbm+lpzWO7BhFwCn8K+O3A+SHn&#13;&#10;YCc3UulFp+EujhSjGubLGAQDSZysQJyYVEqBzDP5v0f+AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#13;&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#13;&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#13;&#10;AAgAAAAhABtNplxNAgAA/AQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#13;&#10;FAAGAAgAAAAhAJx5eoflAAAADwEAAA8AAAAAAAAAAAAAAAAApwQAAGRycy9kb3ducmV2LnhtbFBL&#13;&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#13;&#10;" fillcolor="#d35dc6 [2168]" strokecolor="#a02b93 [3208]" strokeweight=".5pt">
+              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:121.2pt;margin-top:100.15pt;width:203.65pt;height:84.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbYO6QZAIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jTUWAVKapATJMQ&#10;Q8DEs+vYbTTb553dJt1fv7OTBsSQNk17cXy539995/OLzhq2UxgacBUvjyacKSehbty64t8erz+c&#10;cRaicLUw4FTF9yrwi8X7d+etn6spbMDUChkFcWHe+opvYvTzoghyo6wIR+CVI6UGtCKSiOuiRtFS&#10;dGuK6WRyUrSAtUeQKgT6e9Ur+SLH11rJ+FXroCIzFafaYj4xn6t0FotzMV+j8JtGDmWIf6jCisZR&#10;0jHUlYiCbbH5LZRtJEIAHY8k2AK0bqTKPVA35eRVNw8b4VXuhcAJfoQp/L+w8nZ3h6ypaXacOWFp&#10;RPcEmnBro1iZ4Gl9mJPVg7/DQQp0Tb12Gm36Uhesy5DuR0hVF5mkn9PZ2cl0RshL0pWT0/IjCRSn&#10;eHb3GOJnBZalS8WR0mcoxe4mxN70YEJ+qZy+gHyLe6NSDcbdK019UMoye2cGqUuDbCdo9kJK5eJs&#10;SJ2tk5tujBkdp392HOyTq8rsGp3/IuvokTODi6OzbRzgW9nr73kGhJbu7Q8I9H0nCGK36obBrKDe&#10;0zQRepoHL68bwvRGhHgnkHhNc6BdjV/p0AbaisNw42wD+POt/8me6EZazlrak4qHH1uBijPzxRER&#10;P5XHx2mxsnA8O52SgC81q5cat7WXQOMgslF1+ZrsozlcNYJ9opVepqykEk5S7orLiAfhMvb7S4+C&#10;VMtlNqNl8iLeuAcvDwRInHnsngT6gViROHkLh50S81f86m3TaBwstxF0k8mXIO5xHaCnRcz0HR6N&#10;tOkv5Wz1/LQtfgEAAP//AwBQSwMEFAAGAAgAAAAhANY47cDiAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC4TS+iqbitNp4HEAQnEGNPOWWPaqo1TJelW3p5wgpstf/r9/cVm&#10;Mj07o/OtJQn3cwEMqbK6pVrC4fP5bgXMB0Va9ZZQwjd62JTXV4XKtb3QB573oWYxhHyuJDQhDDnn&#10;vmrQKD+3A1K8fVlnVIirq7l26hLDTc8TITJuVEvxQ6MGfGqw6vajkfB4PL7s3pCW4b2bdbtxmG3d&#10;6yjl7c20fQAWcAp/MPzqR3Uoo9PJjqQ96yUkaZJGNA5CLIBFIkvXS2AnCYtsLYCXBf/fofwBAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAW2DukGQCAAAiBQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1jjtwOIAAAALAQAADwAAAAAAAAAAAAAAAAC+&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;" fillcolor="#d35dc6 [2168]" strokecolor="#a02b93 [3208]" strokeweight=".5pt">
                 <v:fill color2="#ca3bba [2616]" rotate="t" colors="0 #d09fc8;.5 #c692be;1 #c17eb6" focus="100%" type="gradient">
                   <o:fill v:ext="view" type="gradientUnscaled"/>
                 </v:fill>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="0094705C" w:rsidRPr="0094705C" w:rsidRDefault="0094705C" w:rsidP="0094705C">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>FIGURE</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap type="topAndBottom"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0094705C" w:rsidRDefault="0094705C">
+      <w:r w:rsidR="00D809FF" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabel 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0094705C" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Judul tabel diatas tabel dan berada di posisi tengah</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="4536" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1559"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C84CEC" w:rsidRPr="005120FE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Column 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Column 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Column 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C84CEC" w:rsidRPr="005120FE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C84CEC" w:rsidRPr="005120FE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C84CEC" w:rsidRPr="005120FE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Data 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C84CEC" w:rsidRPr="005120FE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Sum Column 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005120FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Sum Column 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0094705C" w:rsidRDefault="0094705C">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0094705C" w:rsidRDefault="0094705C">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0094705C" w:rsidRPr="0002178D" w:rsidRDefault="0094705C">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0094705C" w:rsidRDefault="0094705C" w:rsidP="0094705C">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C" w:rsidP="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Gambar</w:t>
       </w:r>
-      <w:r w:rsidRPr="0094705C">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Judul</w:t>
-[...135 lines deleted...]
-    <w:p w:rsidR="0094705C" w:rsidRDefault="0094705C" w:rsidP="0094705C">
+        <w:t>Judul gambar berada di bawah gambar posisi tengah</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C" w:rsidP="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Interpretasi hasil tidak boleh dimasukkan dalam bagian ini, kecuali jika penelitian tersebut memerlukan kombinasi antara temuan dan pembahasan dalam satu bagian.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Judul tabel harus diletakkan di atas tabel, seperti yang terlihat pada Tabel 1, sedangkan judul gambar, foto, atau bagan diletakkan di bawah gambar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Subjudul - Level 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Jika artikel Anda menyajikan kutipan langsung, kutipan dari transkrip, atau wawancara, gunakan format ini:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Gunakan pertanyaan-pertanyaan ini sebagai panduan dalam merumuskan sintesis/diskusi: Apakah klaim di bagian ini didukung oleh hasil penelitian, apakah tampak masuk akal? 2) Apakah Anda sudah menunjukkan bagaimana hasil penelitian berhubungan dengan ekspektasi dan penelitian sebelumnya? 3) Apakah artikel tersebut mendukung atau bertentangan dengan teori-teori sebelumnya? </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Gunakan pertanyaan-pertanyaan ini sebagai panduan dalam merumuskan sintesis/diskusi: Apakah klaim di bagian ini didukung oleh hasil penelitian, apakah tampak masuk akal? 2) Apakah Anda sudah menunjukkan bagaimana hasil penelitian berhubungan dengan ekspektasi dan penelitian sebelumnya? 3) Apakah artikel tersebut mendukung atau bertentangan dengan teori-teori sebelumnya?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pembahasan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Bagian ini juga merupakan bagian utama dari artikel penelitian dan biasanya merupakan bagian terpanjang dari sebuah artikel. Jika anda ingin memberikan subjudul pada bagian pembahasan, bisa mengguanakan format sub judul seperti yang dicontohkan pada bagian hasil. Pembahasan dari penelitian yang disajikan pada bagian ini adalah hasil penelitian. Sajikan pembahasan secara naratif dengan komposisi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Interpretasi Hasil:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mulailah dengan menginterpretasikan dan menjelaskan makna dari hasil penelitian Anda. Ini termasuk menjelaskan bagaimana hasil-hasil tersebut mendukung hipotesis atau pertanyaan penelitian, serta pentingnya temuan tersebut dalam konteks yang lebih luas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pembandingan dengan Penelitian Lain:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...19 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bandingkan temuan Anda dengan hasil penelitian lain yang relevan. Ini bisa termasuk penelitian yang mendapatkan hasil serupa atau berbeda. Tujuannya adalah untuk menunjukkan bagaimana kontribusi penelitian Anda terhadap bidang ilmu pengetahuan yang bersangkutan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Implikasi:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bahas implikasi praktis atau teoretis dari temuan Anda. Ini termasuk bagaimana temuan dapat mempengaruhi teori yang ada, praktik dalam bidang terkait, atau arah penelitian masa depan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Limitasi Penelitian:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Secara jujur bahas keterbatasan dari penelitian Anda. Ini bisa termasuk batasan metodologi, sampel, atau interpretasi. Mengakui keterbatasan tidak hanya meningkatkan kepercayaan pembaca terhadap penelitian Anda tetapi juga membuka peluang untuk penelitian lanjutan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Saran untuk Penelitian Selanjutnya:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Berikan saran untuk penelitian selanjutnya berdasarkan hasil dan limitasi penelitian Anda. Ini bisa termasuk saran tentang metodologi, topik, atau variabel yang harus diteliti lebih lanjut.. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0002178D">
-[...59 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Font Garamond, 12, bold)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kesimpulan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Simpulkan artikel Anda secara kritis dan logis berdasarkan temuan penelitian. Harap berhati-hati dalam membuat generalisasi temuan. Anda juga harus menyatakan keterbatasan penelitian Anda di bagian ini. Secara umum, kesimpulan harus menjelaskan bagaimana penelitian ini telah memajukan pengetahuan ilmiah. (Font Garamond, 12, bold)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00C84CEC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ucapan terima kasih (</w:t>
+      </w:r>
+      <w:r w:rsidR="0094705C" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jika ada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
-[...62 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...64 lines deleted...]
-        <w:t>)</w:t>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sebutkan pihak-pihak yang berkontribusi atau institusi yang membantu penelitian Anda. Penting untuk menyebutkan pihak-pihak yang membantu Anda dalam hal pendanaan, fasilitas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>penelitian, atau saran-saran yang berarti dalam penyempurnaan artikel Anda. Jika artikel Anda telah dipresentasikan dalam seminar atau konferensi, Anda juga dapat menyebutkan forumnya di bagian ini. (Font Garamond, 12, bold)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2580"/>
           <w:tab w:val="center" w:pos="3969"/>
           <w:tab w:val="left" w:pos="6345"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0094705C" w:rsidRDefault="0094705C">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2580"/>
           <w:tab w:val="center" w:pos="3969"/>
           <w:tab w:val="left" w:pos="6345"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referensi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C84CEC" w:rsidRDefault="0094705C">
+    </w:p>
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mengutip</w:t>
-[...205 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>Mengutip sumber informasi/referensi minimal 15 dan sumber yang dikutip sebanyak-banyaknya (80%) diterbitkan dalam 10 tahun terakhir</w:t>
+      </w:r>
+      <w:r w:rsidR="00D809FF" w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0094705C" w:rsidRPr="0094705C" w:rsidRDefault="0094705C">
+    <w:p w:rsidR="0094705C" w:rsidRPr="005120FE" w:rsidRDefault="0094705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Sumber</w:t>
-[...174 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t xml:space="preserve">Sumber informasi yang dikutip adalah sumber utama dari berbagai referensi, dan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>memberikan DOI yang valid jika artikel memiliki DOI.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00D809FF">
+    <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="00D809FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...46 lines deleted...]
-        <w:t>). Jika tidak, Anda perlu memastikan bahwa setiap referensi dikutip dengan benar dalam teks, dan sebaliknya.</w:t>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005120FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Referensi, serta kutipan dalam teks, harus ditulis dalam format APA 7. Silakan gunakan perangkat lunak pengelola referensi (misalnya Zotero, Mendeley). Jika tidak, Anda perlu memastikan bahwa setiap referensi dikutip dengan benar dalam teks, dan sebaliknya.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidRDefault="00C84CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Garamond" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C84CEC" w:rsidRPr="0002178D" w:rsidSect="000401BB">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00164DE9" w:rsidRDefault="00164DE9">
+    <w:p w:rsidR="0096452B" w:rsidRDefault="0096452B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00164DE9" w:rsidRDefault="00164DE9">
+    <w:p w:rsidR="0096452B" w:rsidRDefault="0096452B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Aptos">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova Cond Light">
-    <w:panose1 w:val="020B0306020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CentSchbkCyrill BT">
     <w:panose1 w:val="02040603050705020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00C84CEC" w:rsidRDefault="00C84CEC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00C84CEC" w:rsidRDefault="00C84CEC" w:rsidP="000401BB">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00C84CEC" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00C84CEC" w:rsidRDefault="0096452B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="0E2841"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidR="00D809FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
           <w:color w:val="0E2841"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>https://jurnal .</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>https://jurnal .org</w:t>
+      </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w:rsidR="00C84CEC" w:rsidRDefault="00D809FF">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00164DE9" w:rsidRDefault="00164DE9">
+    <w:p w:rsidR="0096452B" w:rsidRDefault="0096452B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00164DE9" w:rsidRDefault="00164DE9">
+    <w:p w:rsidR="0096452B" w:rsidRDefault="0096452B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00C84CEC" w:rsidRDefault="00C84CEC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="000401BB" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="005120FE" w:rsidRDefault="005120FE" w:rsidP="005120FE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="380D06E7" wp14:editId="66CE908D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ADA7F8B" wp14:editId="6B5BD587">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>211092</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-103505</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="952500" cy="1169035"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1240833556" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="408989993" name="Picture 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -4048,701 +2684,674 @@
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D8C59C0" wp14:editId="2C5BDD23">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1B9AAC" wp14:editId="6709916C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>1166041</wp:posOffset>
+                <wp:posOffset>1179830</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>40005</wp:posOffset>
+                <wp:posOffset>39370</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3860800" cy="414548"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="130935419" name="Text Box 130935419"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3860800" cy="414548"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="000401BB" w:rsidRPr="00FA0F62" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                        <w:p w:rsidR="005120FE" w:rsidRPr="00CC02A3" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                           <w:pPr>
                             <w:pStyle w:val="Header"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:b/>
                               <w:color w:val="FF9999"/>
                               <w:sz w:val="34"/>
                               <w:szCs w:val="34"/>
                               <w14:textOutline w14:w="11112" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                 <w14:solidFill>
-                                  <w14:schemeClr w14:val="accent2"/>
+                                  <w14:srgbClr w14:val="FF6161"/>
                                 </w14:solidFill>
                                 <w14:prstDash w14:val="solid"/>
                                 <w14:round/>
                               </w14:textOutline>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00FA0F62">
+                          <w:r w:rsidRPr="00CC02A3">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:b/>
                               <w:color w:val="FF9999"/>
                               <w:sz w:val="34"/>
                               <w:szCs w:val="34"/>
                               <w14:textOutline w14:w="11112" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                 <w14:solidFill>
-                                  <w14:schemeClr w14:val="accent2"/>
+                                  <w14:srgbClr w14:val="FF6161"/>
                                 </w14:solidFill>
                                 <w14:prstDash w14:val="solid"/>
                                 <w14:round/>
                               </w14:textOutline>
                             </w:rPr>
-                            <w:t xml:space="preserve">JURNAL PENELITIAN VIDYA CAKRA </w:t>
+                            <w:t>JURNAL PENELITIAN VIDYA CAKRA</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:noAutofit/>
                       <a:scene3d>
                         <a:camera prst="orthographicFront"/>
                         <a:lightRig rig="soft" dir="t">
                           <a:rot lat="0" lon="0" rev="15600000"/>
                         </a:lightRig>
                       </a:scene3d>
                       <a:sp3d extrusionH="57150" prstMaterial="softEdge">
                         <a:bevelT w="25400" h="38100"/>
                       </a:sp3d>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1D8C59C0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3D1B9AAC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 130935419" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:91.8pt;margin-top:3.15pt;width:304pt;height:32.65pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCCW+t9cwIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1v0zAQf0fif7D8zpJ06SjR0qlsFJAG&#13;&#10;m9gQz67jNJYSnzm7TcZfz9lJu/LxhMiDc767/O7rd7m8GrqW7RU6Dabk2VnKmTISKm22Jf/6uH61&#13;&#10;4Mx5YSrRglElf1KOXy1fvrjsbaFm0EBbKWQEYlzR25I33tsiSZxsVCfcGVhlyFgDdsLTFbdJhaIn&#13;&#10;9K5NZml6kfSAlUWQyjnS3oxGvoz4da2kv6trpzxrS065+XhiPDfhTJaXotiisI2WUxriH7LohDYU&#13;&#10;9Ah1I7xgO9R/QHVaIjio/ZmELoG61lLFGqiaLP2tmodGWBVroeY4e2yT+3+w8vP+wd4j88NbGGiA&#13;&#10;oSG9dYUjZahnqLELb8qUkZ1a+HRsmxo8k6Q8X1yki5RMkmx5ls/zRYBJnr+26Px7BR0LQsmRxhK7&#13;&#10;Jfa3zo+uB5cQzMBat20cTWt+URBm0CTPKQbJD5thynsD1ROVgzBO2lm51hTzVjh/L5BGS2kSXf0d&#13;&#10;HXULfclhkjhrAH/8TR/8qeNk5awnqpTcfd8JVJy1Hw3N4k2W54Fb8ZLPX8/ogqeWzanF7LprIDZm&#13;&#10;tBhWRjH4+/Yg1gjdN2L1KkQlkzCSYpfcH8RrPxKYtkKq1So6EZus8LfmwcoAPTZttfNQ69BgUTip&#13;&#10;jDqvgihFp1BMswD0DUwLsEYwflyJVm8b/0VvGWpa5EBYziodswgQ1F/WijE/WuyYAqo9hZ5fpOGZ&#13;&#10;CHCAiWw4ScHZ84oRf3AXfhwfSj5/nc2p1sCCT8Ir1IJaFMK+q7ZhBUSxUXvVPjKa2GyeB7Y1gXnZ&#13;&#10;MVSAnJgxkmC60OLE6FONYTNP79Hr+Ve0/AkAAP//AwBQSwMEFAAGAAgAAAAhAPAmuA3eAAAADQEA&#13;&#10;AA8AAABkcnMvZG93bnJldi54bWxMT01PwzAMvSPxHyIjcWPJGJStazohJq4gxofEzWu8tqJxqiZb&#13;&#10;y7/HnOBi++nZz+8Vm8l36kRDbANbmM8MKOIquJZrC2+vj1dLUDEhO+wCk4VvirApz88KzF0Y+YVO&#13;&#10;u1QrEeGYo4UmpT7XOlYNeYyz0BMLdwiDxyRwqLUbcBRx3+lrYzLtsWX50GBPDw1VX7ujt/D+dPj8&#13;&#10;uDHP9dbf9mOYjGa/0tZeXkzbtZT7NahEU/q7gN8M4h9KMbYPR3ZRdYKXi0xWLWQLUMLfreaC9zJI&#13;&#10;12Wh/6cofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#13;&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#13;&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCW+t9cwIAANIEAAAOAAAAAAAA&#13;&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDwJrgN3gAAAA0BAAAPAAAA&#13;&#10;AAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#13;&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 130935419" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:92.9pt;margin-top:3.1pt;width:304pt;height:32.65pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyK8yQkQIAAAcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20ndpsadYqsXbYB&#10;2VqsHXZWZDkWIEuapMTpfv1I2XnscRqWg0KR1MfXR9/c7jtFdsJ5aXRFs4uUEqG5qaXeVPTr8/LN&#10;jBIfmK6ZMlpU9EV4ejt//eqmt6WYmNaoWjgCINqXva1oG4Itk8TzVnTMXxgrNBgb4zoW4Oo2Se1Y&#10;D+idSiZpepn0xtXWGS68B+39YKTziN80goeHpvEiEFVRyC3E08VzjWcyv2HlxjHbSj6mwf4hi45J&#10;DUGPUPcsMLJ18g+oTnJnvGnCBTddYppGchFrgGqy9LdqnlpmRawFmuPtsU3+/8Hyz7tHR2QNs5um&#10;19Miz64p0ayDUT2LfSBvzZ6cLNCt3voSHj1ZeBb2YIaX2EXUe1BiE/aN6/AfyiNgh76/HHuNoByU&#10;09llOkvBxMGWZ3mRzxAmOb22zof3wnQEhYo6mGVsMdutfBhcDy4YTJulVAr0rFT6FwVgoiY5pYhS&#10;2K/3Y95rU79AOc4M9PCWLyXEXDEfHpkDPkCawPHwAEejTF9RM0qUtMb9+Jse/WFMYKWkB35V1H/f&#10;MicoUR81DPA6y3MkZLzkxdUELu7csj636G13Z4DCGWyT5VFE/6AOYuNM9w1WYYFRwcQ0h9gVDQfx&#10;Lgysh1XiYrGITkBBy8JKP1mO0EPTFttgGokNZqXnQotpjSIHTjg2zsK40Jpxa5bO6DDskZKbNnyR&#10;G+IkbD+ynJJaxiwQAvpLFBvyg69BTMGJHYQuLlP8jQQ4wEQ2nKXg7bQmwB+3xa/Nh4oWV1kBtSIL&#10;PrEgnGTQIgz7rt7g3rByLXZCPROY2KTIkW0tMi87hkLIkRkDCcYLbFuMPtaI63x+j16n79f8JwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJjbgD3cAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYskHHVppOCMQVtPEhcfMar61onKrJ1vLvMSe4+dFrvX5cbCbfqRMNsQ1sYT4zoIir&#10;4FquLby9Pl2tQMWE7LALTBa+KcKmPD8rMHdh5C2ddqlWUsIxRwtNSn2udawa8hhnoSeW7BAGj0lw&#10;qLUbcJRy3+mFMUvtsWW50GBPDw1VX7ujt/D+fPj8uDEv9aPP+jFMRrNfa2svL6b7O1CJpvS3DL/6&#10;og6lOO3DkV1UnfAqE/VkYbkAJfnt+lp4L8M8A10W+v8D5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAsivMkJECAAAHBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAmNuAPdwAAAAIAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="000401BB" w:rsidRPr="00FA0F62" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                  <w:p w:rsidR="005120FE" w:rsidRPr="00CC02A3" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                     <w:pPr>
                       <w:pStyle w:val="Header"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:b/>
                         <w:color w:val="FF9999"/>
                         <w:sz w:val="34"/>
                         <w:szCs w:val="34"/>
                         <w14:textOutline w14:w="11112" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                           <w14:solidFill>
-                            <w14:schemeClr w14:val="accent2"/>
+                            <w14:srgbClr w14:val="FF6161"/>
                           </w14:solidFill>
                           <w14:prstDash w14:val="solid"/>
                           <w14:round/>
                         </w14:textOutline>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00FA0F62">
+                    <w:r w:rsidRPr="00CC02A3">
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:b/>
                         <w:color w:val="FF9999"/>
                         <w:sz w:val="34"/>
                         <w:szCs w:val="34"/>
                         <w14:textOutline w14:w="11112" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                           <w14:solidFill>
-                            <w14:schemeClr w14:val="accent2"/>
+                            <w14:srgbClr w14:val="FF6161"/>
                           </w14:solidFill>
                           <w14:prstDash w14:val="solid"/>
                           <w14:round/>
                         </w14:textOutline>
                       </w:rPr>
-                      <w:t xml:space="preserve">JURNAL PENELITIAN VIDYA CAKRA </w:t>
+                      <w:t>JURNAL PENELITIAN VIDYA CAKRA</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000401BB" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+  <w:p w:rsidR="005120FE" w:rsidRDefault="005120FE" w:rsidP="005120FE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000401BB" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+  <w:p w:rsidR="005120FE" w:rsidRDefault="005120FE" w:rsidP="005120FE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B3F5F01" wp14:editId="292C9AA8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="751CCD60" wp14:editId="6CFFC05A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1164953</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>62865</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4975226" cy="442846"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1565345006" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4975226" cy="442846"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:scrgbClr r="0" g="0" b="0"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:scrgbClr r="0" g="0" b="0"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:scrgbClr r="0" g="0" b="0"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                        <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                           <w:pPr>
                             <w:pStyle w:val="Header"/>
                             <w:tabs>
                               <w:tab w:val="left" w:pos="5250"/>
                               <w:tab w:val="left" w:pos="6804"/>
                             </w:tabs>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="001B1A71">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>PENYELENGGARA:</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                        <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                           <w:pPr>
                             <w:pStyle w:val="Header"/>
                             <w:tabs>
                               <w:tab w:val="left" w:pos="5250"/>
                               <w:tab w:val="left" w:pos="6804"/>
                             </w:tabs>
                             <w:rPr>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="001B1A71">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>YAYASAN TEPIAN (TEMPAT PENDIDIKAN, PENELITIAN &amp; PENGABDIAN)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="5B3F5F01" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:91.75pt;margin-top:4.95pt;width:391.75pt;height:34.85pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAqzoWMLwIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04MN22NOEWXosOA&#13;&#10;bh3W7QNkWYqNyqJHKbGzrx8lO2m2nTrsYkgU+fjIR3p1M7SG7RW6BmzBF7M5Z8pKqBq7Lfj3b/fv&#13;&#10;rjhzXthKGLCq4Afl+M367ZtV3+UqhRpMpZARiHV53xW89r7Lk8TJWrXCzaBTlh41YCs8XXGbVCh6&#13;&#10;Qm9Nks7ny6QHrDoEqZwj6934yNcRX2sl/aPWTnlmCk7cfPxi/Jbhm6xXIt+i6OpGTjTEP7BoRWMp&#13;&#10;6QnqTnjBdtj8BdU2EsGB9jMJbQJaN1LFGqiaxfyPap5q0alYCzXHdac2uf8HKz/vn7ovyPzwHgYS&#13;&#10;MBbhugeQz45Z2NTCbtUtIvS1EhUlXoSWJX3n8ik0tNrlLoCU/SeoSGSx8xCBBo1t6ArVyQidBDic&#13;&#10;mq4GzyQZs+vLizRdcibpLcvSq2wZU4j8GN2h8x8UtCwcCo4kakQX+wfnAxuRH11CMgv3jTFRWGN/&#13;&#10;M5BjsET2gfBE3R+MCn7GflWaNVVkGgxO4rbcGGTjwNBEUwXHsYlgFBAcNSV8ZewUEqJVnNNXxp+C&#13;&#10;Yn6w/hTfNhZw1DFskQoF7AXNf/U8ikd8R/9jK8YGBBn9UA7UgUnmYCmhOpC0COPq0KrToQb8yVlP&#13;&#10;a1Nw92MnUHFmPloaj+tFloU9i5fs4jKlC56/lOcvwkqCKrjnbDxufGx1qMnCLY2RbqLCL0wmzrQO&#13;&#10;UfhpdcO+nd+j18sPZv0LAAD//wMAUEsDBBQABgAIAAAAIQAM+phk4QAAAA0BAAAPAAAAZHJzL2Rv&#13;&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqM1P0zqNUyEqriAKrcTNjbdJRLyOYrcJb89ygstKo9md&#13;&#10;na9YT74TZxxiG8jA7UyBQKqCa6k28PH+fLMEEZMlZ7tAaOAbI6zLy4vC5i6M9IbnbaoFh1DMrYEm&#13;&#10;pT6XMlYNehtnoUdi7xgGbxPLoZZusCOH+07eKZVJb1viD43t8anB6mt78gZ2L8fP/YN6rTd+3o9h&#13;&#10;UpK8lsZcX02bFY/HFYiEU/q7gF8G7g8lFzuEE7koOtbL+zmvGtAaBPs6WzDgwcBCZyDLQv6nKH8A&#13;&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#13;&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#13;&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKs6FjC8CAACoBAAADgAAAAAAAAAAAAAAAAAu&#13;&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADPqYZOEAAAANAQAADwAAAAAAAAAAAAAA&#13;&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#13;&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="751CCD60" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:91.75pt;margin-top:4.95pt;width:391.75pt;height:34.85pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7sAVcRwIAANYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/07Qh3UvUdLV0tQhp&#10;uYhdPsB17CZax2PGbpPy9YydthR4WsRLZI/nnDlzy+Jm6AzbKfQt2IrPJlPOlJVQt3ZT8W9P92+u&#10;OPNB2FoYsKrie+X5zfL1q0XvSpVDA6ZWyIjE+rJ3FW9CcGWWedmoTvgJOGXpUQN2ItAVN1mNoif2&#10;zmT5dHqR9YC1Q5DKe7LejY98mfi1VjJ81tqrwEzFSVtIX0zfdfxmy4UoNyhc08qDDPEPKjrRWgp6&#10;oroTQbAttn9Rda1E8KDDREKXgdatVCkHymY2/SObx0Y4lXKh4nh3KpP/f7Ty0+4Lsram3s0v5m+L&#10;OdWUMys66tWTGgJ7BwPLY5l650vyfnTkHwYyEySl7N0DyGfPLKwaYTfqFhH6RomaZM4iMjuDjjw+&#10;kqz7j1BTGLENkIgGjV2sIVWFETu1a39qUZQiyVhcX87znCRKeiuK/Kq4SCFEeUQ79OG9go7FQ8WR&#10;RiCxi92DD1GNKI8uMZiF+9aYNAbG/mYgx2hJ6qPgg/SwNyr6GftVaapcUhoNXuJmvTLIxvGi+acM&#10;jkOWyAgQHTUFfCH2AIlolab6hfgTKMUHG074rrWAYx/jzqmYwE7QttTPY/NI7+h/LMVYgNjTMKyH&#10;cXaOA7KGek+tRRgXjX4MdGgAf3DW05JV3H/fClScmQ+WxuN6VhRxK9OlmF/mdMHzl/X5i7CSqCoe&#10;OBuPq5BKHXOycEtjpNvU4ahtVHLQTMuTGn9Y9Lid5/fk9et3tPwJAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjONP/3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSP0P1iJxozaPpnWIUyEQ&#10;VxDlIXFz420SNV5HsduEf9/tCY6jGc18U6wn34kjDrENZOBmrkAgVcG1VBv4/Hi5XoGIyZKzXSA0&#10;8IsR1uXsorC5CyO943GTasElFHNroEmpz6WMVYPexnnokdjbhcHbxHKopRvsyOW+k7dKZdLblnih&#10;sT0+NVjtNwdv4Ot19/N9r97qZ7/oxzApSV5LY64up8cHEAmn9BeGMz6jQ8lM23AgF0XHenW34KgB&#10;rUGwr7Mlf9saWOoMZFnI/wfKEwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB7sAVcRwIA&#10;ANYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAjONP/&#10;3QAAAAgBAAAPAAAAAAAAAAAAAAAAAKEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;qwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                  <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                     <w:pPr>
                       <w:pStyle w:val="Header"/>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="5250"/>
                         <w:tab w:val="left" w:pos="6804"/>
                       </w:tabs>
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001B1A71">
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>PENYELENGGARA:</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                  <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                     <w:pPr>
                       <w:pStyle w:val="Header"/>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="5250"/>
                         <w:tab w:val="left" w:pos="6804"/>
                       </w:tabs>
                       <w:rPr>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001B1A71">
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>YAYASAN TEPIAN (TEMPAT PENDIDIKAN, PENELITIAN &amp; PENGABDIAN)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000401BB" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+  <w:p w:rsidR="005120FE" w:rsidRDefault="005120FE" w:rsidP="005120FE">
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F35EB16" wp14:editId="42886C7B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A832CDD" wp14:editId="055CF0FB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4387850</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>158296</wp:posOffset>
+                <wp:posOffset>234315</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1073150" cy="349200"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="461839291" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1073150" cy="349200"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:scrgbClr r="0" g="0" b="0"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:scrgbClr r="0" g="0" b="0"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:scrgbClr r="0" g="0" b="0"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                        <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
                           </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                              <w:sz w:val="15"/>
+                              <w:szCs w:val="15"/>
+                            </w:rPr>
+                            <w:t>Vol. x</w:t>
+                          </w:r>
                           <w:r w:rsidRPr="001B1A71">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Vol. 1, No. </w:t>
+                            <w:t xml:space="preserve">, No. </w:t>
                           </w:r>
+                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>2</w:t>
+                            <w:t>x</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="001B1A71">
-[...6 lines deleted...]
-                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t>5</w:t>
+                            <w:t>, 20xx</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                        <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="001B1A71">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:b/>
                               <w:bCs/>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="21"/>
                               <w:szCs w:val="21"/>
                             </w:rPr>
                             <w:t xml:space="preserve">  </w:t>
                           </w:r>
                           <w:r w:rsidRPr="001B1A71">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="15"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">E-ISSN: </w:t>
-[...17 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">E-ISSN: xxxx </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="2F35EB16" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:345.5pt;margin-top:12.45pt;width:84.5pt;height:27.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDT1U2KMAIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhJ03U14hRdig4D&#13;&#10;ugva7QNkWYqNyqJGKbGzry8lO2nWPXXYiyGJ5OEhD+nlVd8atlPoG7AFn02mnCkroWrspuA/f9y+&#13;&#10;+8CZD8JWwoBVBd8rz69Wb98sO5erOdRgKoWMQKzPO1fwOgSXZ5mXtWqFn4BTlowasBWBrrjJKhQd&#13;&#10;obcmm0+n77MOsHIIUnlPrzeDka8SvtZKhm9aexWYKThxC+mL6VvGb7ZainyDwtWNHGmIf2DRisZS&#13;&#10;0iPUjQiCbbH5C6ptJIIHHSYS2gy0bqRKNVA1s+mLah5q4VSqhZrj3bFN/v/Byq+7B/cdWeg/Qk8C&#13;&#10;piK8uwP56JmFdS3sRl0jQlcrUVHiWWxZ1jmfj6Gx1T73EaTsvkBFIottgATUa2xjV6hORugkwP7Y&#13;&#10;dNUHJmPK6cXZ7JxMkmxni0tSNaUQ+SHaoQ+fFLQsHgqOJGpCF7s7HyIbkR9cYjILt40xSVhj/3gg&#13;&#10;x/iS2EfCI/WwNyr6GXuvNGuqxDQ+eImbcm2QDQNDE000D2OTwCggOmpK+MrYMSRGqzSnr4w/BqX8&#13;&#10;YMMxvm0s4KBj3CIVC9gJmv/qcRCP+A7+h1YMDYgyhr7sqQMFn0cN4ksJ1Z6kRRhWh1adDjXgb846&#13;&#10;WpuC+19bgYoz89nSeFzOFou4Z+myOL+Y0wVPLeWpRVhJUAUPnA3HdUitjjVZuKYx0k1S+JnJyJnW&#13;&#10;IQk/rm7ct9N78nr+wayeAAAA//8DAFBLAwQUAAYACAAAACEAcOyB9uIAAAAOAQAADwAAAGRycy9k&#13;&#10;b3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjdqoQ6jVMhKrYgykPqzo2nSdR4HMVuE/6eYQWbkeZ1&#13;&#10;7z3FZvKduOAQ20AG5jMFAqkKrqXawMf7890KREyWnO0CoYFvjLApr68Km7sw0htedqkWLEIxtwaa&#13;&#10;lPpcylg16G2chR6Jd8cweJu4HWrpBjuyuO/kQqlMetsSOzS2x6cGq9Pu7A18vhz3X0v1Wm/9fT+G&#13;&#10;SUnyWhpzezNt11we1yASTunvA34ZOD+UHOwQzuSi6Axkes5AycBiqUHwwSpTPDgYeNAaZFnI/xjl&#13;&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#13;&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#13;&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDT1U2KMAIAAKgEAAAOAAAAAAAAAAAAAAAA&#13;&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBw7IH24gAAAA4BAAAPAAAAAAAAAAAA&#13;&#10;AAAAAIoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#13;&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="2A832CDD" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:345.5pt;margin-top:18.45pt;width:84.5pt;height:27.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4VciVSAIAANUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhO0kuMOEWXosOA&#10;7oK1+wBZlmKjsuhRSuzs60vJiZdtTx32YkgieXhIHnp10zeG7RW6GmzO08mUM2UllLXd5vz70/27&#10;a86cF7YUBqzK+UE5frN++2bVtZmaQQWmVMgIxLqsa3Need9mSeJkpRrhJtAqS0YN2AhPV9wmJYqO&#10;0BuTzKbTy6QDLFsEqZyj17vByNcRX2sl/RetnfLM5Jy4+fjF+C3CN1mvRLZF0Va1PNIQ/8CiEbWl&#10;pCPUnfCC7bD+C6qpJYID7ScSmgS0rqWKNVA16fSPah4r0apYCzXHtWOb3P+DlZ/3X5HVZc4Xl+n1&#10;fDlbppxZ0dConlTv2Xvo2Sx0qWtdRs6PLbn7np5p2rFi1z6AfHbMwqYSdqtuEaGrlCiJZRoik7PQ&#10;AccFkKL7BCWlETsPEajX2IQWUlMYodO0DuOEAhUZUk6v5ukFmSTZ5oslSSCmENkpukXnPyhoWDjk&#10;HEkBEV3sH5wPbER2cgnJLNzXxkQVGPvbAzmGl8g+ED5S9wejgp+x35SmxkWm4cFJ3BYbg2xQF8mf&#10;aJ40FsEoIDhqSvjK2GNIiFZR1K+MH4NifrB+jG9qCzjMMaycCgXsBS1L+TwMj/gO/qdWDA0IM/V9&#10;0UfpjAIpoDzQaBGGPaP/Ah0qwJ+cdbRjOXc/dgIVZ+ajJXks08UiLGW8LC6uZnTBc0txbhFWElTO&#10;PWfDceNjq0NNFm5JRrqOEw7cBiZHzrQ7cfDHPQ/LeX6PXr/+RusXAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAdJXGRN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuFE7PKI6ZFMh&#10;EFcQ5SFxc5NtEhGvo9htwr9nOcFxdkaz35SbxQ/qSFPsAyNkKwOKuA5Nzy3C2+vjxRpUTI4bNwQm&#10;hG+KsKlOT0pXNGHmFzpuU6ukhGPhELqUxkLrWHfkXVyFkVi8fZi8SyKnVjeTm6XcD/rSmFx717N8&#10;6NxI9x3VX9uDR3h/2n9+XJvn9sHfjHNYjGZvNeL52XJ3CyrRkv7C8Isv6FAJ0y4cuIlqQMhtJlsS&#10;wlVuQUlgnRs57BBsZkFXpf6/oPoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeFXIlUgC&#10;AADVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdJXG&#10;RN0AAAAJAQAADwAAAAAAAAAAAAAAAACiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                  <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
                     </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                        <w:sz w:val="15"/>
+                        <w:szCs w:val="15"/>
+                      </w:rPr>
+                      <w:t>Vol. x</w:t>
+                    </w:r>
                     <w:r w:rsidRPr="001B1A71">
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Vol. 1, No. </w:t>
+                      <w:t xml:space="preserve">, No. </w:t>
                     </w:r>
+                    <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>2</w:t>
+                      <w:t>x</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="001B1A71">
-[...6 lines deleted...]
-                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t>5</w:t>
+                      <w:t>, 20xx</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="000401BB" w:rsidRPr="001B1A71" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+                  <w:p w:rsidR="005120FE" w:rsidRPr="001B1A71" w:rsidRDefault="005120FE" w:rsidP="005120FE">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001B1A71">
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:b/>
                         <w:bCs/>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="21"/>
                         <w:szCs w:val="21"/>
                       </w:rPr>
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r w:rsidRPr="001B1A71">
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                         <w:sz w:val="15"/>
                         <w:szCs w:val="15"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">E-ISSN: </w:t>
-[...17 lines deleted...]
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve">E-ISSN: xxxx </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000401BB" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+  <w:p w:rsidR="005120FE" w:rsidRDefault="005120FE" w:rsidP="005120FE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C84CEC" w:rsidRDefault="000401BB" w:rsidP="000401BB">
+  <w:p w:rsidR="00C84CEC" w:rsidRPr="005120FE" w:rsidRDefault="005120FE" w:rsidP="005120FE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06B67B16" wp14:editId="219CAAA6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="599586BA" wp14:editId="585E7A97">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>155575</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>148590</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5300345" cy="0"/>
               <wp:effectExtent l="50800" t="50800" r="33655" b="88900"/>
               <wp:wrapNone/>
               <wp:docPr id="1230648971" name="Straight Connector 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5300345" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="44450" cmpd="thinThick"/>
@@ -4754,124 +3363,93 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="dk1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="dk1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="672CD71A" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="12.25pt,11.7pt" to="429.6pt,11.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCFBhMWsQEAAKoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815RfRSFYziFBcina&#13;&#10;oE0+gCGXFhG+QLKW/Pdd0rZcJEUORS4UHzuzO7OrzfVoDdlDTNq7js5nDSXghJfa7Tr69Hj3+Ssl&#13;&#10;KXMnufEOOnqARK+3V582Q2hh4XtvJESCJC61Q+hon3NoGUuiB8vTzAdw+Kh8tDzjMe6YjHxAdmvY&#13;&#10;omm+sMFHGaIXkBLe3h4f6bbyKwUi/1AqQSamo1hbrmus63NZ2XbD213kodfiVAb/jyos1w6TTlS3&#13;&#10;PHPyO+o3VFaL6JNXeSa8ZV4pLaBqQDXz5pWaXz0PULWgOSlMNqWPoxXf9zfuIaINQ0htCg+xqBhV&#13;&#10;tOWL9ZGxmnWYzIIxE4GX62XTLFdrSsT5jV2AIaZ8D96Ssumo0a7o4C3ff0sZk2HoOaRcG0eGjq5W&#13;&#10;qzX2SNggO5p77R6xKS+lRexSXN3lg4Ej7icooiWWs6z8dW7gxkSy59hx+TKv8JIBIwtEaWMmUPM+&#13;&#10;6BRbYFBnaQIu3gdO0TWjd3kCWu18/Bc4j+dS1TH+rPqotch+9vJQW1XtwIGoPp6Gt0zc3+cKv/xi&#13;&#10;2z8AAAD//wMAUEsDBBQABgAIAAAAIQDC0L7g4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/N&#13;&#10;TsMwDL4j8Q6RkbixdGVjo2s6sSEuaAIxeAC3CU1FfqokXQtPjxEHuNiyP/v7KbeTNeykQuy8EzCf&#13;&#10;ZcCUa7zsXCvg7fXhag0sJnQSjXdKwKeKsK3Oz0ospB/dizodU8uIxMUCBeiU+oLz2GhlMc58rxxh&#13;&#10;7z5YTDSGlsuAI5Fbw/Msu+EWO0cKGnu116r5OA5WwO5ZYmNWw+rwVYfxaT/Hw04/CnF5Md1vqNxt&#13;&#10;gCU1pb8P+MlA/qEiY7UfnIzMCMgXS7qkfr0ARvh6eZsDq38XvCr5/xTVNwAAAP//AwBQSwECLQAU&#13;&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#13;&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#13;&#10;c1BLAQItABQABgAIAAAAIQCFBhMWsQEAAKoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#13;&#10;LnhtbFBLAQItABQABgAIAAAAIQDC0L7g4AAAAA0BAAAPAAAAAAAAAAAAAAAAAAsEAABkcnMvZG93&#13;&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#13;&#10;" strokecolor="black [3200]" strokeweight="3.5pt">
+            <v:line w14:anchorId="69B9625F" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="12.25pt,11.7pt" to="429.6pt,11.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpj3Rz1gEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqdM2XZao6R66gguC&#10;il1+gNexG2v9pbFp0n/P2GmzCNAeEBfHH/Nm3nsz2d6N1pCThKi9a+lyUVEinfCddseWfn/8+O6W&#10;kpi467jxTrb0LCO92719sx1CI1e+96aTQDCJi80QWtqnFBrGouil5XHhg3T4qDxYnvAIR9YBHzC7&#10;NWxVVTds8NAF8ELGiLf30yPdlfxKSZG+KhVlIqalyC2VFcr6lFe22/LmCDz0Wlxo8H9gYbl2WHRO&#10;dc8TJz9A/5HKagE+epUWwlvmldJCFg2oZln9puah50EWLWhODLNN8f+lFV9OByC6w96t1tVNffvh&#10;/ZISxy326iEB18c+kb13Dp30QJbZsCHEBnF7d4DLKYYDZPWjApu/qIuMxeTzbLIcExF4uVlX1bre&#10;UCKub+wFGCCmT9JbkjctNdpl/bzhp88xYTEMvYbka+PI0NK6rjfYW2EDyki9do/YzOfMlGWqE7my&#10;S2cjJ9w3qVA10lmX/GXe5N4AOXGclO65CMVqxmFkhihtzAyqXgddYjNMlhmcgavXgXN0qehdmoFW&#10;Ow9/A6fxSlVN8VfVk9Ys+8l359KqYgcOUvHxMvR5Un89F/jLr7n7CQAA//8DAFBLAwQUAAYACAAA&#10;ACEA2EYMId4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT0NIS4lS0&#10;EhdUgWj7AJt4iSP8E9lOE3h6jDjAabU7o9lvys1kNDuTD52zAuazDBjZxsnOtgJOx6ebNbAQ0UrU&#10;zpKATwqwqS4vSiykG+0bnQ+xZSnEhgIFqBj7gvPQKDIYZq4nm7R35w3GtPqWS49jCjea51l2xw12&#10;Nn1Q2NNOUfNxGIyA7avERq+G1f6r9uPLbo77rXoW4vpqenwAFmmKf2b4wU/oUCWm2g1WBqYF5Itl&#10;cqZ5uwCW9PXyPgdW/x54VfL/BapvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOmPdHPW&#10;AQAA4gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANhG&#10;DCHeAAAACAEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="3.5pt">
               <v:stroke linestyle="thinThick" joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00C84CEC" w:rsidRDefault="00D809FF">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Copyright</w:t>
-[...29 lines deleted...]
-      <w:t>(s)</w:t>
+      <w:t>Copyright © The Author(s)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4995545</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-145414</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="762000" cy="142875"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1373629628" name="image1.png" descr="Creative Commons License"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png" descr="Creative Commons License"/>
@@ -4911,155 +3489,156 @@
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Nova Cond Light" w:eastAsia="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light" w:cs="Arial Nova Cond Light"/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">  : Jurnal Kependidikan, Vol. 9, No. 1, March 2020</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="000401BB" w:rsidRDefault="000401BB" w:rsidP="000401BB">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C84CEC"/>
     <w:rsid w:val="0002178D"/>
     <w:rsid w:val="000401BB"/>
     <w:rsid w:val="00164DE9"/>
+    <w:rsid w:val="003D3B31"/>
+    <w:rsid w:val="005120FE"/>
     <w:rsid w:val="0094705C"/>
+    <w:rsid w:val="0096452B"/>
     <w:rsid w:val="00A60F82"/>
     <w:rsid w:val="00C84CEC"/>
     <w:rsid w:val="00D809FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w14:docId w14:val="53870E4E"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w15:docId w15:val="{C109333E-7112-42D3-A0D2-560DDC28BC0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fi-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5387,55 +3966,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E751B"/>
     <w:rPr>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003E751B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -6038,51 +4612,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003E751B"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jurnaldidaktika.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -6373,51 +4947,51 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjRv8MEL67XZH9CVtXREuGqEyHdOQ==">CgMxLjA4AHIhMVVlTlI4NjllQ3h6VmZyQWNwaUJVR1lIbU5hWTBSN3NV</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1192</Words>
   <Characters>6801</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>